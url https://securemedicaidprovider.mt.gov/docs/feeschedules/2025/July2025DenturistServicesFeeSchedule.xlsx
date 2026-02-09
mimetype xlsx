--- v0 (2025-12-13)
+++ v1 (2026-02-09)
@@ -2,58 +2,58 @@
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="bin" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.printerSettings"/>
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Override PartName="/xl/workbook.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sheet.main+xml"/>
   <Override PartName="/xl/worksheets/sheet1.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.worksheet+xml"/>
   <Override PartName="/xl/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/xl/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml"/>
   <Override PartName="/xl/sharedStrings.xml" ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml"/>
   <Override PartName="/customXml/itemProps1.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps2.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/customXml/itemProps3.xml" ContentType="application/vnd.openxmlformats-officedocument.customXmlProperties+xml"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x15="http://schemas.microsoft.com/office/spreadsheetml/2010/11/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr6="http://schemas.microsoft.com/office/spreadsheetml/2016/revision6" xmlns:xr10="http://schemas.microsoft.com/office/spreadsheetml/2016/revision10" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" mc:Ignorable="x15 xr xr6 xr10 xr2">
-  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="28827"/>
+  <fileVersion appName="xl" lastEdited="7" lowestEdited="7" rupBuild="29530"/>
   <workbookPr defaultThemeVersion="124226"/>
   <mc:AlternateContent xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006">
     <mc:Choice Requires="x15">
-      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="C:\Users\20826277\Desktop\Publications\Fee Schedules\July 2025 proposed\"/>
+      <x15ac:absPath xmlns:x15ac="http://schemas.microsoft.com/office/spreadsheetml/2010/11/ac" url="https://conduent.sharepoint.com/teams/MTMMISDSSPBM/ProvRel/Shared Documents/Publications Specialist/Fee Schedules/2025/July 2025 final/"/>
     </mc:Choice>
   </mc:AlternateContent>
-  <xr:revisionPtr revIDLastSave="0" documentId="13_ncr:1_{C7C63960-BCA0-42F0-B45F-48B781C78B7A}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
+  <xr:revisionPtr revIDLastSave="0" documentId="8_{08320DC5-DB5C-4439-9E1B-162831F33828}" xr6:coauthVersionLast="47" xr6:coauthVersionMax="47" xr10:uidLastSave="{00000000-0000-0000-0000-000000000000}"/>
   <bookViews>
     <workbookView xWindow="-120" yWindow="-120" windowWidth="20730" windowHeight="11160" xr2:uid="{00000000-000D-0000-FFFF-FFFF00000000}"/>
   </bookViews>
   <sheets>
     <sheet name=" Denturist Services" sheetId="1" r:id="rId1"/>
   </sheets>
   <definedNames>
     <definedName name="_xlnm._FilterDatabase" localSheetId="0" hidden="1">' Denturist Services'!$A$1:$L$50</definedName>
     <definedName name="_xlnm.Print_Titles" localSheetId="0">' Denturist Services'!$1:$1</definedName>
     <definedName name="rates">#REF!</definedName>
   </definedNames>
   <calcPr calcId="191029"/>
   <extLst>
     <ext xmlns:xcalcf="http://schemas.microsoft.com/office/spreadsheetml/2018/calcfeatures" uri="{B58B0392-4F1F-4190-BB64-5DF3571DCE5F}">
       <xcalcf:calcFeatures>
         <xcalcf:feature name="microsoft.com:RD"/>
         <xcalcf:feature name="microsoft.com:Single"/>
         <xcalcf:feature name="microsoft.com:FV"/>
         <xcalcf:feature name="microsoft.com:CNMTM"/>
       </xcalcf:calcFeatures>
     </ext>
   </extLst>
 </workbook>
 </file>
 
@@ -549,51 +549,51 @@
     <t>D5851-</t>
   </si>
   <si>
     <t>D5986-</t>
   </si>
   <si>
     <t>D6930-</t>
   </si>
   <si>
     <t>D6980-</t>
   </si>
   <si>
     <t>D9410-</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:x16r2="http://schemas.microsoft.com/office/spreadsheetml/2015/02/main" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" mc:Ignorable="x14ac x16r2 xr">
   <numFmts count="4">
     <numFmt numFmtId="44" formatCode="_(&quot;$&quot;* #,##0.00_);_(&quot;$&quot;* \(#,##0.00\);_(&quot;$&quot;* &quot;-&quot;??_);_(@_)"/>
     <numFmt numFmtId="164" formatCode="&quot;$&quot;#,##0.00"/>
     <numFmt numFmtId="165" formatCode="00000"/>
     <numFmt numFmtId="166" formatCode="000"/>
   </numFmts>
-  <fonts count="26" x14ac:knownFonts="1">
+  <fonts count="25" x14ac:knownFonts="1">
     <font>
       <sz val="10"/>
       <name val="Arial"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
@@ -726,56 +726,50 @@
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <i/>
       <sz val="11"/>
       <color rgb="FF7F7F7F"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <color theme="1"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
     </font>
     <font>
       <sz val="11"/>
       <color theme="0"/>
       <name val="Calibri"/>
       <family val="2"/>
       <scheme val="minor"/>
-    </font>
-[...4 lines deleted...]
-      <family val="2"/>
     </font>
   </fonts>
   <fills count="33">
     <fill>
       <patternFill patternType="none"/>
     </fill>
     <fill>
       <patternFill patternType="gray125"/>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFC6EFCE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFC7CE"/>
       </patternFill>
     </fill>
     <fill>
       <patternFill patternType="solid">
         <fgColor rgb="FFFFEB9C"/>
       </patternFill>
     </fill>
     <fill>
@@ -1116,112 +1110,100 @@
     <xf numFmtId="0" fontId="3" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="3" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="10" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="11" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="14" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="15" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="18" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="19" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="22" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="23" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="26" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="27" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="30" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="31" borderId="0" applyNumberFormat="0" applyBorder="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="2" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="2" fillId="8" borderId="8" applyNumberFormat="0" applyFont="0" applyAlignment="0" applyProtection="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
     <xf numFmtId="0" fontId="1" fillId="0" borderId="0"/>
   </cellStyleXfs>
-  <cellXfs count="22">
+  <cellXfs count="18">
     <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0"/>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1"/>
     <xf numFmtId="166" fontId="6" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="164" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="166" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="166" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center" wrapText="1"/>
     </xf>
     <xf numFmtId="0" fontId="8" fillId="0" borderId="0" xfId="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="165" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
     <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
       <alignment horizontal="left"/>
     </xf>
-    <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...1 lines deleted...]
-    </xf>
     <xf numFmtId="14" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
     <xf numFmtId="14" fontId="5" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
-[...2 lines deleted...]
-    <xf numFmtId="0" fontId="0" fillId="0" borderId="0" xfId="0" applyAlignment="1">
+    <xf numFmtId="164" fontId="5" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyAlignment="1">
       <alignment horizontal="center"/>
     </xf>
-    <xf numFmtId="166" fontId="0" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyAlignment="1">
-      <alignment horizontal="center"/>
+    <xf numFmtId="49" fontId="8" fillId="0" borderId="0" xfId="1" applyNumberFormat="1" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
-    <xf numFmtId="14" fontId="25" fillId="0" borderId="0" xfId="0" applyNumberFormat="1" applyFont="1" applyAlignment="1">
-[...6 lines deleted...]
-      <alignment horizontal="center"/>
+    <xf numFmtId="0" fontId="5" fillId="0" borderId="0" xfId="0" applyFont="1" applyAlignment="1">
+      <alignment horizontal="center" wrapText="1"/>
     </xf>
   </cellXfs>
   <cellStyles count="83">
     <cellStyle name="20% - Accent1" xfId="21" builtinId="30" customBuiltin="1"/>
     <cellStyle name="20% - Accent1 2" xfId="47" xr:uid="{00000000-0005-0000-0000-000001000000}"/>
     <cellStyle name="20% - Accent1 3" xfId="62" xr:uid="{00000000-0005-0000-0000-000002000000}"/>
     <cellStyle name="20% - Accent2" xfId="25" builtinId="34" customBuiltin="1"/>
     <cellStyle name="20% - Accent2 2" xfId="49" xr:uid="{00000000-0005-0000-0000-000004000000}"/>
     <cellStyle name="20% - Accent2 3" xfId="64" xr:uid="{00000000-0005-0000-0000-000005000000}"/>
     <cellStyle name="20% - Accent3" xfId="29" builtinId="38" customBuiltin="1"/>
     <cellStyle name="20% - Accent3 2" xfId="51" xr:uid="{00000000-0005-0000-0000-000007000000}"/>
     <cellStyle name="20% - Accent3 3" xfId="66" xr:uid="{00000000-0005-0000-0000-000008000000}"/>
     <cellStyle name="20% - Accent4" xfId="33" builtinId="42" customBuiltin="1"/>
     <cellStyle name="20% - Accent4 2" xfId="53" xr:uid="{00000000-0005-0000-0000-00000A000000}"/>
     <cellStyle name="20% - Accent4 3" xfId="68" xr:uid="{00000000-0005-0000-0000-00000B000000}"/>
     <cellStyle name="20% - Accent5" xfId="37" builtinId="46" customBuiltin="1"/>
     <cellStyle name="20% - Accent5 2" xfId="55" xr:uid="{00000000-0005-0000-0000-00000D000000}"/>
     <cellStyle name="20% - Accent5 3" xfId="70" xr:uid="{00000000-0005-0000-0000-00000E000000}"/>
     <cellStyle name="20% - Accent6" xfId="41" builtinId="50" customBuiltin="1"/>
     <cellStyle name="20% - Accent6 2" xfId="57" xr:uid="{00000000-0005-0000-0000-000010000000}"/>
     <cellStyle name="20% - Accent6 3" xfId="72" xr:uid="{00000000-0005-0000-0000-000011000000}"/>
     <cellStyle name="40% - Accent1" xfId="22" builtinId="31" customBuiltin="1"/>
     <cellStyle name="40% - Accent1 2" xfId="48" xr:uid="{00000000-0005-0000-0000-000013000000}"/>
     <cellStyle name="40% - Accent1 3" xfId="63" xr:uid="{00000000-0005-0000-0000-000014000000}"/>
     <cellStyle name="40% - Accent2" xfId="26" builtinId="35" customBuiltin="1"/>
@@ -1580,2147 +1562,2122 @@
                 <a:shade val="30000"/>
                 <a:satMod val="200000"/>
               </a:schemeClr>
             </a:gs>
           </a:gsLst>
           <a:path path="circle">
             <a:fillToRect l="50000" t="50000" r="50000" b="50000"/>
           </a:path>
         </a:gradFill>
       </a:bgFillStyleLst>
     </a:fmtScheme>
   </a:themeElements>
   <a:objectDefaults/>
   <a:extraClrSchemeLst/>
 </a:theme>
 </file>
 
 <file path=xl/worksheets/_rels/sheet1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/printerSettings" Target="../printerSettings/printerSettings1.bin"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:mc="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:x14ac="http://schemas.microsoft.com/office/spreadsheetml/2009/9/ac" xmlns:xr="http://schemas.microsoft.com/office/spreadsheetml/2014/revision" xmlns:xr2="http://schemas.microsoft.com/office/spreadsheetml/2015/revision2" xmlns:xr3="http://schemas.microsoft.com/office/spreadsheetml/2016/revision3" mc:Ignorable="x14ac xr xr2 xr3" xr:uid="{00000000-0001-0000-0000-000000000000}">
   <dimension ref="A1:N50"/>
   <sheetViews>
-    <sheetView tabSelected="1" view="pageLayout" topLeftCell="A37" zoomScaleNormal="75" workbookViewId="0">
-      <selection activeCell="E47" sqref="E47"/>
+    <sheetView tabSelected="1" view="pageLayout" topLeftCell="B17" zoomScaleNormal="75" workbookViewId="0">
+      <selection activeCell="L42" sqref="L42"/>
     </sheetView>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="12.75" x14ac:dyDescent="0.2"/>
   <cols>
     <col min="1" max="1" width="6.28515625" style="11" bestFit="1" customWidth="1"/>
     <col min="2" max="2" width="4.42578125" style="4" bestFit="1" customWidth="1"/>
     <col min="3" max="3" width="6.85546875" style="4" bestFit="1" customWidth="1"/>
     <col min="4" max="4" width="43" style="12" customWidth="1"/>
-    <col min="5" max="5" width="10" style="15" bestFit="1" customWidth="1"/>
+    <col min="5" max="5" width="10" style="14" bestFit="1" customWidth="1"/>
     <col min="6" max="6" width="11.28515625" style="4" bestFit="1" customWidth="1"/>
     <col min="7" max="7" width="10" style="3" bestFit="1" customWidth="1"/>
     <col min="8" max="8" width="4.7109375" style="3" bestFit="1" customWidth="1"/>
     <col min="9" max="9" width="5.140625" style="3" bestFit="1" customWidth="1"/>
     <col min="10" max="10" width="7.5703125" style="5" bestFit="1" customWidth="1"/>
     <col min="11" max="11" width="8.28515625" style="5" bestFit="1" customWidth="1"/>
     <col min="12" max="12" width="56.85546875" style="8" customWidth="1"/>
     <col min="13" max="13" width="7" style="1" customWidth="1"/>
     <col min="14" max="16384" width="9.140625" style="1"/>
   </cols>
   <sheetData>
     <row r="1" spans="1:14" s="4" customFormat="1" x14ac:dyDescent="0.2">
-      <c r="A1" s="13" t="s">
+      <c r="A1" s="16" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="10" t="s">
         <v>5</v>
       </c>
       <c r="C1" s="10"/>
       <c r="D1" s="10" t="s">
         <v>1</v>
       </c>
-      <c r="E1" s="14" t="s">
+      <c r="E1" s="13" t="s">
         <v>2</v>
       </c>
       <c r="F1" s="10" t="s">
         <v>3</v>
       </c>
       <c r="G1" s="7" t="s">
         <v>6</v>
       </c>
       <c r="H1" s="10" t="s">
         <v>4</v>
       </c>
       <c r="I1" s="10" t="s">
         <v>94</v>
       </c>
       <c r="J1" s="6" t="s">
         <v>7</v>
       </c>
       <c r="K1" s="6" t="s">
         <v>8</v>
       </c>
       <c r="L1" s="9" t="s">
         <v>9</v>
       </c>
       <c r="M1" s="2"/>
       <c r="N1" s="2"/>
     </row>
     <row r="2" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A2" s="16" t="s">
+      <c r="A2" s="12" t="s">
         <v>10</v>
       </c>
-      <c r="B2" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C2" s="17" t="s">
+      <c r="B2" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C2" s="4" t="s">
         <v>118</v>
       </c>
-      <c r="D2" s="16" t="s">
+      <c r="D2" s="12" t="s">
         <v>11</v>
       </c>
-      <c r="E2" s="19">
-[...5 lines deleted...]
-      <c r="G2" s="20">
+      <c r="E2" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F2" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G2" s="3">
         <v>39.520000000000003</v>
       </c>
-      <c r="H2" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K2" s="18">
+      <c r="H2" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I2" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J2" s="5">
+        <v>0</v>
+      </c>
+      <c r="K2" s="5">
         <v>999</v>
       </c>
       <c r="L2" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="3" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A3" s="16" t="s">
+      <c r="A3" s="12" t="s">
         <v>12</v>
       </c>
-      <c r="B3" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C3" s="17" t="s">
+      <c r="B3" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C3" s="4" t="s">
         <v>119</v>
       </c>
-      <c r="D3" s="16" t="s">
+      <c r="D3" s="12" t="s">
         <v>13</v>
       </c>
-      <c r="E3" s="19">
-[...5 lines deleted...]
-      <c r="G3" s="20">
+      <c r="E3" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F3" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G3" s="3">
         <v>39.520000000000003</v>
       </c>
-      <c r="H3" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K3" s="18">
+      <c r="H3" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I3" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J3" s="5">
+        <v>0</v>
+      </c>
+      <c r="K3" s="5">
         <v>999</v>
       </c>
       <c r="L3" s="17" t="s">
         <v>96</v>
       </c>
     </row>
     <row r="4" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A4" s="16" t="s">
+      <c r="A4" s="12" t="s">
         <v>14</v>
       </c>
-      <c r="B4" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C4" s="17" t="s">
+      <c r="B4" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C4" s="4" t="s">
         <v>120</v>
       </c>
-      <c r="D4" s="16" t="s">
+      <c r="D4" s="12" t="s">
         <v>15</v>
       </c>
-      <c r="E4" s="19">
-[...5 lines deleted...]
-      <c r="G4" s="20">
+      <c r="E4" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F4" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G4" s="3">
         <v>63.23</v>
       </c>
-      <c r="H4" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K4" s="18">
+      <c r="H4" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I4" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J4" s="5">
+        <v>0</v>
+      </c>
+      <c r="K4" s="5">
         <v>999</v>
       </c>
       <c r="L4" s="17" t="s">
         <v>97</v>
       </c>
     </row>
     <row r="5" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A5" s="16" t="s">
+      <c r="A5" s="12" t="s">
         <v>16</v>
       </c>
-      <c r="B5" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C5" s="17" t="s">
+      <c r="B5" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C5" s="4" t="s">
         <v>121</v>
       </c>
-      <c r="D5" s="16" t="s">
+      <c r="D5" s="12" t="s">
         <v>17</v>
       </c>
-      <c r="E5" s="19">
-[...5 lines deleted...]
-      <c r="G5" s="20">
+      <c r="E5" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F5" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G5" s="3">
         <v>49.4</v>
       </c>
-      <c r="H5" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K5" s="18">
+      <c r="H5" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I5" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J5" s="5">
+        <v>0</v>
+      </c>
+      <c r="K5" s="5">
         <v>20</v>
       </c>
       <c r="L5" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="6" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A6" s="16" t="s">
+      <c r="A6" s="12" t="s">
         <v>18</v>
       </c>
-      <c r="B6" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C6" s="17" t="s">
+      <c r="B6" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C6" s="4" t="s">
         <v>122</v>
       </c>
-      <c r="D6" s="16" t="s">
+      <c r="D6" s="12" t="s">
         <v>19</v>
       </c>
-      <c r="E6" s="19">
-[...5 lines deleted...]
-      <c r="G6" s="20">
+      <c r="E6" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F6" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G6" s="3">
         <v>988</v>
       </c>
-      <c r="H6" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K6" s="18">
+      <c r="H6" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I6" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J6" s="5">
+        <v>0</v>
+      </c>
+      <c r="K6" s="5">
         <v>999</v>
       </c>
       <c r="L6" s="17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="7" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A7" s="16" t="s">
+      <c r="A7" s="12" t="s">
         <v>20</v>
       </c>
-      <c r="B7" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C7" s="17" t="s">
+      <c r="B7" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C7" s="4" t="s">
         <v>123</v>
       </c>
-      <c r="D7" s="16" t="s">
+      <c r="D7" s="12" t="s">
         <v>21</v>
       </c>
-      <c r="E7" s="19">
-[...5 lines deleted...]
-      <c r="G7" s="20">
+      <c r="E7" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F7" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G7" s="3">
         <v>988</v>
       </c>
-      <c r="H7" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K7" s="18">
+      <c r="H7" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I7" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J7" s="5">
+        <v>0</v>
+      </c>
+      <c r="K7" s="5">
         <v>999</v>
       </c>
       <c r="L7" s="17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="8" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A8" s="16" t="s">
+      <c r="A8" s="12" t="s">
         <v>22</v>
       </c>
-      <c r="B8" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C8" s="17" t="s">
+      <c r="B8" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C8" s="4" t="s">
         <v>124</v>
       </c>
-      <c r="D8" s="16" t="s">
+      <c r="D8" s="12" t="s">
         <v>23</v>
       </c>
-      <c r="E8" s="19">
-[...5 lines deleted...]
-      <c r="G8" s="20">
+      <c r="E8" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F8" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G8" s="3">
         <v>1086.8</v>
       </c>
-      <c r="H8" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K8" s="18">
+      <c r="H8" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I8" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J8" s="5">
+        <v>0</v>
+      </c>
+      <c r="K8" s="5">
         <v>999</v>
       </c>
       <c r="L8" s="17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="9" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A9" s="16" t="s">
+      <c r="A9" s="12" t="s">
         <v>24</v>
       </c>
-      <c r="B9" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C9" s="17" t="s">
+      <c r="B9" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C9" s="4" t="s">
         <v>125</v>
       </c>
-      <c r="D9" s="16" t="s">
+      <c r="D9" s="12" t="s">
         <v>25</v>
       </c>
-      <c r="E9" s="19">
-[...5 lines deleted...]
-      <c r="G9" s="20">
+      <c r="E9" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F9" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G9" s="3">
         <v>1086.8</v>
       </c>
-      <c r="H9" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K9" s="18">
+      <c r="H9" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I9" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J9" s="5">
+        <v>0</v>
+      </c>
+      <c r="K9" s="5">
         <v>999</v>
       </c>
       <c r="L9" s="17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="10" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A10" s="16" t="s">
+      <c r="A10" s="12" t="s">
         <v>26</v>
       </c>
-      <c r="B10" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C10" s="17" t="s">
+      <c r="B10" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C10" s="4" t="s">
         <v>126</v>
       </c>
-      <c r="D10" s="16" t="s">
+      <c r="D10" s="12" t="s">
         <v>27</v>
       </c>
-      <c r="E10" s="19">
-[...5 lines deleted...]
-      <c r="G10" s="20">
+      <c r="E10" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F10" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G10" s="3">
         <v>671.84</v>
       </c>
-      <c r="H10" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K10" s="18">
+      <c r="H10" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I10" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J10" s="5">
+        <v>0</v>
+      </c>
+      <c r="K10" s="5">
         <v>999</v>
       </c>
       <c r="L10" s="17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="11" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A11" s="16" t="s">
+      <c r="A11" s="12" t="s">
         <v>28</v>
       </c>
-      <c r="B11" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C11" s="17" t="s">
+      <c r="B11" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C11" s="4" t="s">
         <v>127</v>
       </c>
-      <c r="D11" s="16" t="s">
+      <c r="D11" s="12" t="s">
         <v>29</v>
       </c>
-      <c r="E11" s="19">
-[...5 lines deleted...]
-      <c r="G11" s="20">
+      <c r="E11" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F11" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G11" s="3">
         <v>699.5</v>
       </c>
-      <c r="H11" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K11" s="18">
+      <c r="H11" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I11" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J11" s="5">
+        <v>0</v>
+      </c>
+      <c r="K11" s="5">
         <v>999</v>
       </c>
       <c r="L11" s="17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="12" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A12" s="16" t="s">
+      <c r="A12" s="12" t="s">
         <v>30</v>
       </c>
-      <c r="B12" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C12" s="17" t="s">
+      <c r="B12" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C12" s="4" t="s">
         <v>128</v>
       </c>
-      <c r="D12" s="16" t="s">
+      <c r="D12" s="12" t="s">
         <v>31</v>
       </c>
-      <c r="E12" s="19">
-[...5 lines deleted...]
-      <c r="G12" s="20">
+      <c r="E12" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F12" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G12" s="3">
         <v>1185.5999999999999</v>
       </c>
-      <c r="H12" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K12" s="18">
+      <c r="H12" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I12" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J12" s="5">
+        <v>0</v>
+      </c>
+      <c r="K12" s="5">
         <v>999</v>
       </c>
       <c r="L12" s="17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="13" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A13" s="16" t="s">
+      <c r="A13" s="12" t="s">
         <v>32</v>
       </c>
-      <c r="B13" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C13" s="17" t="s">
+      <c r="B13" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C13" s="4" t="s">
         <v>129</v>
       </c>
-      <c r="D13" s="16" t="s">
+      <c r="D13" s="12" t="s">
         <v>33</v>
       </c>
-      <c r="E13" s="19">
-[...5 lines deleted...]
-      <c r="G13" s="20">
+      <c r="E13" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F13" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G13" s="3">
         <v>1185.5999999999999</v>
       </c>
-      <c r="H13" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K13" s="18">
+      <c r="H13" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I13" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J13" s="5">
+        <v>0</v>
+      </c>
+      <c r="K13" s="5">
         <v>999</v>
       </c>
       <c r="L13" s="17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="14" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A14" s="16" t="s">
+      <c r="A14" s="12" t="s">
         <v>34</v>
       </c>
-      <c r="B14" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C14" s="17" t="s">
+      <c r="B14" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C14" s="4" t="s">
         <v>130</v>
       </c>
-      <c r="D14" s="16" t="s">
+      <c r="D14" s="12" t="s">
         <v>35</v>
       </c>
-      <c r="E14" s="19">
-[...5 lines deleted...]
-      <c r="G14" s="20">
+      <c r="E14" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F14" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G14" s="3">
         <v>841.78</v>
       </c>
-      <c r="H14" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K14" s="18">
+      <c r="H14" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I14" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J14" s="5">
+        <v>0</v>
+      </c>
+      <c r="K14" s="5">
         <v>999</v>
       </c>
       <c r="L14" s="17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="15" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A15" s="16" t="s">
+      <c r="A15" s="12" t="s">
         <v>36</v>
       </c>
-      <c r="B15" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C15" s="17" t="s">
+      <c r="B15" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C15" s="4" t="s">
         <v>131</v>
       </c>
-      <c r="D15" s="16" t="s">
+      <c r="D15" s="12" t="s">
         <v>37</v>
       </c>
-      <c r="E15" s="19">
-[...5 lines deleted...]
-      <c r="G15" s="20">
+      <c r="E15" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F15" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G15" s="3">
         <v>841.78</v>
       </c>
-      <c r="H15" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K15" s="18">
+      <c r="H15" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I15" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J15" s="5">
+        <v>0</v>
+      </c>
+      <c r="K15" s="5">
         <v>999</v>
       </c>
       <c r="L15" s="17" t="s">
         <v>98</v>
       </c>
     </row>
     <row r="16" spans="1:14" x14ac:dyDescent="0.2">
-      <c r="A16" s="16" t="s">
+      <c r="A16" s="12" t="s">
         <v>38</v>
       </c>
-      <c r="B16" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C16" s="17" t="s">
+      <c r="B16" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C16" s="4" t="s">
         <v>132</v>
       </c>
-      <c r="D16" s="16" t="s">
+      <c r="D16" s="12" t="s">
         <v>39</v>
       </c>
-      <c r="E16" s="19">
-[...5 lines deleted...]
-      <c r="G16" s="20">
+      <c r="E16" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F16" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G16" s="3">
         <v>47.42</v>
       </c>
-      <c r="H16" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K16" s="18">
+      <c r="H16" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I16" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J16" s="5">
+        <v>0</v>
+      </c>
+      <c r="K16" s="5">
         <v>999</v>
       </c>
       <c r="L16" s="17" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="17" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A17" s="16" t="s">
+      <c r="A17" s="12" t="s">
         <v>40</v>
       </c>
-      <c r="B17" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C17" s="17" t="s">
+      <c r="B17" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C17" s="4" t="s">
         <v>133</v>
       </c>
-      <c r="D17" s="16" t="s">
+      <c r="D17" s="12" t="s">
         <v>41</v>
       </c>
-      <c r="E17" s="19">
-[...5 lines deleted...]
-      <c r="G17" s="20">
+      <c r="E17" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F17" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G17" s="3">
         <v>47.42</v>
       </c>
-      <c r="H17" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K17" s="18">
+      <c r="H17" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I17" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J17" s="5">
+        <v>0</v>
+      </c>
+      <c r="K17" s="5">
         <v>999</v>
       </c>
       <c r="L17" s="17" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="18" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A18" s="16" t="s">
+      <c r="A18" s="12" t="s">
         <v>42</v>
       </c>
-      <c r="B18" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C18" s="17" t="s">
+      <c r="B18" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C18" s="4" t="s">
         <v>134</v>
       </c>
-      <c r="D18" s="16" t="s">
+      <c r="D18" s="12" t="s">
         <v>43</v>
       </c>
-      <c r="E18" s="19">
-[...5 lines deleted...]
-      <c r="G18" s="20">
+      <c r="E18" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F18" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G18" s="3">
         <v>47.42</v>
       </c>
-      <c r="H18" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K18" s="18">
+      <c r="H18" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I18" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J18" s="5">
+        <v>0</v>
+      </c>
+      <c r="K18" s="5">
         <v>999</v>
       </c>
       <c r="L18" s="17" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="19" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A19" s="16" t="s">
+      <c r="A19" s="12" t="s">
         <v>44</v>
       </c>
-      <c r="B19" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C19" s="17" t="s">
+      <c r="B19" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C19" s="4" t="s">
         <v>135</v>
       </c>
-      <c r="D19" s="16" t="s">
+      <c r="D19" s="12" t="s">
         <v>45</v>
       </c>
-      <c r="E19" s="19">
-[...5 lines deleted...]
-      <c r="G19" s="20">
+      <c r="E19" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F19" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G19" s="3">
         <v>47.42</v>
       </c>
-      <c r="H19" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K19" s="18">
+      <c r="H19" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I19" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J19" s="5">
+        <v>0</v>
+      </c>
+      <c r="K19" s="5">
         <v>999</v>
       </c>
       <c r="L19" s="17" t="s">
         <v>99</v>
       </c>
     </row>
     <row r="20" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A20" s="16" t="s">
+      <c r="A20" s="12" t="s">
         <v>101</v>
       </c>
-      <c r="B20" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C20" s="17" t="s">
+      <c r="B20" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C20" s="4" t="s">
         <v>136</v>
       </c>
-      <c r="D20" s="16" t="s">
+      <c r="D20" s="12" t="s">
         <v>107</v>
       </c>
-      <c r="E20" s="19">
-[...5 lines deleted...]
-      <c r="G20" s="20">
+      <c r="E20" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F20" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G20" s="3">
         <v>118.56</v>
       </c>
-      <c r="H20" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K20" s="18">
+      <c r="H20" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I20" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J20" s="5">
+        <v>0</v>
+      </c>
+      <c r="K20" s="5">
         <v>999</v>
       </c>
       <c r="L20" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="21" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A21" s="16" t="s">
+      <c r="A21" s="12" t="s">
         <v>102</v>
       </c>
-      <c r="B21" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C21" s="17" t="s">
+      <c r="B21" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C21" s="4" t="s">
         <v>137</v>
       </c>
-      <c r="D21" s="16" t="s">
+      <c r="D21" s="12" t="s">
         <v>108</v>
       </c>
-      <c r="E21" s="19">
-[...5 lines deleted...]
-      <c r="G21" s="20">
+      <c r="E21" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F21" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G21" s="3">
         <v>118.56</v>
       </c>
-      <c r="H21" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K21" s="18">
+      <c r="H21" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I21" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J21" s="5">
+        <v>0</v>
+      </c>
+      <c r="K21" s="5">
         <v>999</v>
       </c>
       <c r="L21" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="22" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A22" s="16" t="s">
+      <c r="A22" s="12" t="s">
         <v>46</v>
       </c>
-      <c r="B22" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C22" s="17" t="s">
+      <c r="B22" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C22" s="4" t="s">
         <v>138</v>
       </c>
-      <c r="D22" s="16" t="s">
+      <c r="D22" s="12" t="s">
         <v>47</v>
       </c>
-      <c r="E22" s="19">
-[...5 lines deleted...]
-      <c r="G22" s="20">
+      <c r="E22" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F22" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G22" s="3">
         <v>79.040000000000006</v>
       </c>
-      <c r="H22" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K22" s="18">
+      <c r="H22" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I22" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J22" s="5">
+        <v>0</v>
+      </c>
+      <c r="K22" s="5">
         <v>999</v>
       </c>
       <c r="L22" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="23" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A23" s="16" t="s">
+      <c r="A23" s="12" t="s">
         <v>103</v>
       </c>
-      <c r="B23" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C23" s="17" t="s">
+      <c r="B23" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C23" s="4" t="s">
         <v>139</v>
       </c>
-      <c r="D23" s="16" t="s">
+      <c r="D23" s="12" t="s">
         <v>109</v>
       </c>
-      <c r="E23" s="19">
-[...5 lines deleted...]
-      <c r="G23" s="20">
+      <c r="E23" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F23" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G23" s="3">
         <v>118.56</v>
       </c>
-      <c r="H23" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K23" s="18">
+      <c r="H23" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I23" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J23" s="5">
+        <v>0</v>
+      </c>
+      <c r="K23" s="5">
         <v>999</v>
       </c>
       <c r="L23" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="24" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A24" s="16" t="s">
+      <c r="A24" s="12" t="s">
         <v>104</v>
       </c>
-      <c r="B24" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C24" s="17" t="s">
+      <c r="B24" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C24" s="4" t="s">
         <v>140</v>
       </c>
-      <c r="D24" s="16" t="s">
+      <c r="D24" s="12" t="s">
         <v>110</v>
       </c>
-      <c r="E24" s="19">
-[...5 lines deleted...]
-      <c r="G24" s="20">
+      <c r="E24" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F24" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G24" s="3">
         <v>118.56</v>
       </c>
-      <c r="H24" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K24" s="18">
+      <c r="H24" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I24" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J24" s="5">
+        <v>0</v>
+      </c>
+      <c r="K24" s="5">
         <v>999</v>
       </c>
       <c r="L24" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="25" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A25" s="16" t="s">
+      <c r="A25" s="12" t="s">
         <v>105</v>
       </c>
-      <c r="B25" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C25" s="17" t="s">
+      <c r="B25" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C25" s="4" t="s">
         <v>141</v>
       </c>
-      <c r="D25" s="16" t="s">
+      <c r="D25" s="12" t="s">
         <v>111</v>
       </c>
-      <c r="E25" s="19">
-[...5 lines deleted...]
-      <c r="G25" s="20">
+      <c r="E25" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F25" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G25" s="3">
         <v>162.03</v>
       </c>
-      <c r="H25" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K25" s="18">
+      <c r="H25" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I25" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J25" s="5">
+        <v>0</v>
+      </c>
+      <c r="K25" s="5">
         <v>999</v>
       </c>
       <c r="L25" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="26" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A26" s="16" t="s">
+      <c r="A26" s="12" t="s">
         <v>106</v>
       </c>
-      <c r="B26" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C26" s="17" t="s">
+      <c r="B26" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C26" s="4" t="s">
         <v>142</v>
       </c>
-      <c r="D26" s="16" t="s">
+      <c r="D26" s="12" t="s">
         <v>112</v>
       </c>
-      <c r="E26" s="19">
-[...5 lines deleted...]
-      <c r="G26" s="20">
+      <c r="E26" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F26" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G26" s="3">
         <v>162.03</v>
       </c>
-      <c r="H26" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K26" s="18">
+      <c r="H26" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I26" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J26" s="5">
+        <v>0</v>
+      </c>
+      <c r="K26" s="5">
         <v>999</v>
       </c>
       <c r="L26" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="27" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A27" s="16" t="s">
+      <c r="A27" s="12" t="s">
         <v>48</v>
       </c>
-      <c r="B27" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C27" s="17" t="s">
+      <c r="B27" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C27" s="4" t="s">
         <v>143</v>
       </c>
-      <c r="D27" s="16" t="s">
+      <c r="D27" s="12" t="s">
         <v>49</v>
       </c>
-      <c r="E27" s="19">
-[...5 lines deleted...]
-      <c r="G27" s="20">
+      <c r="E27" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F27" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G27" s="3">
         <v>146.22</v>
       </c>
-      <c r="H27" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K27" s="18">
+      <c r="H27" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I27" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J27" s="5">
+        <v>0</v>
+      </c>
+      <c r="K27" s="5">
         <v>999</v>
       </c>
       <c r="L27" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="28" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A28" s="16" t="s">
+      <c r="A28" s="12" t="s">
         <v>50</v>
       </c>
-      <c r="B28" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C28" s="17" t="s">
+      <c r="B28" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C28" s="4" t="s">
         <v>144</v>
       </c>
-      <c r="D28" s="16" t="s">
+      <c r="D28" s="12" t="s">
         <v>51</v>
       </c>
-      <c r="E28" s="19">
-[...5 lines deleted...]
-      <c r="G28" s="20">
+      <c r="E28" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F28" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G28" s="3">
         <v>118.56</v>
       </c>
-      <c r="H28" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K28" s="18">
+      <c r="H28" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I28" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J28" s="5">
+        <v>0</v>
+      </c>
+      <c r="K28" s="5">
         <v>999</v>
       </c>
       <c r="L28" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="29" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A29" s="16" t="s">
+      <c r="A29" s="12" t="s">
         <v>52</v>
       </c>
-      <c r="B29" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C29" s="17" t="s">
+      <c r="B29" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C29" s="4" t="s">
         <v>145</v>
       </c>
-      <c r="D29" s="16" t="s">
+      <c r="D29" s="12" t="s">
         <v>53</v>
       </c>
-      <c r="E29" s="19">
-[...5 lines deleted...]
-      <c r="G29" s="20">
+      <c r="E29" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F29" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G29" s="3">
         <v>118.56</v>
       </c>
-      <c r="H29" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K29" s="18">
+      <c r="H29" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I29" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J29" s="5">
+        <v>0</v>
+      </c>
+      <c r="K29" s="5">
         <v>999</v>
       </c>
       <c r="L29" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="30" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A30" s="16" t="s">
+      <c r="A30" s="12" t="s">
         <v>54</v>
       </c>
-      <c r="B30" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C30" s="17" t="s">
+      <c r="B30" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C30" s="4" t="s">
         <v>146</v>
       </c>
-      <c r="D30" s="16" t="s">
+      <c r="D30" s="12" t="s">
         <v>55</v>
       </c>
-      <c r="E30" s="19">
-[...5 lines deleted...]
-      <c r="G30" s="20">
+      <c r="E30" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F30" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G30" s="3">
         <v>197.6</v>
       </c>
-      <c r="H30" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K30" s="18">
+      <c r="H30" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I30" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J30" s="5">
+        <v>0</v>
+      </c>
+      <c r="K30" s="5">
         <v>999</v>
       </c>
       <c r="L30" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="31" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A31" s="16" t="s">
+      <c r="A31" s="12" t="s">
         <v>56</v>
       </c>
-      <c r="B31" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C31" s="17" t="s">
+      <c r="B31" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C31" s="4" t="s">
         <v>147</v>
       </c>
-      <c r="D31" s="16" t="s">
+      <c r="D31" s="12" t="s">
         <v>57</v>
       </c>
-      <c r="E31" s="19">
-[...5 lines deleted...]
-      <c r="G31" s="20">
+      <c r="E31" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F31" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G31" s="3">
         <v>395.2</v>
       </c>
-      <c r="H31" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K31" s="18">
+      <c r="H31" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I31" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J31" s="5">
+        <v>0</v>
+      </c>
+      <c r="K31" s="5">
         <v>999</v>
       </c>
       <c r="L31" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="32" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A32" s="16" t="s">
+      <c r="A32" s="12" t="s">
         <v>58</v>
       </c>
-      <c r="B32" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C32" s="17" t="s">
+      <c r="B32" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C32" s="4" t="s">
         <v>148</v>
       </c>
-      <c r="D32" s="16" t="s">
+      <c r="D32" s="12" t="s">
         <v>59</v>
       </c>
-      <c r="E32" s="19">
-[...5 lines deleted...]
-      <c r="G32" s="20">
+      <c r="E32" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F32" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G32" s="3">
         <v>395.2</v>
       </c>
-      <c r="H32" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K32" s="18">
+      <c r="H32" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I32" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J32" s="5">
+        <v>0</v>
+      </c>
+      <c r="K32" s="5">
         <v>999</v>
       </c>
       <c r="L32" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="33" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A33" s="16" t="s">
+      <c r="A33" s="12" t="s">
         <v>60</v>
       </c>
-      <c r="B33" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C33" s="17" t="s">
+      <c r="B33" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C33" s="4" t="s">
         <v>149</v>
       </c>
-      <c r="D33" s="16" t="s">
+      <c r="D33" s="12" t="s">
         <v>61</v>
       </c>
-      <c r="E33" s="19">
-[...5 lines deleted...]
-      <c r="G33" s="20">
+      <c r="E33" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F33" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G33" s="3">
         <v>316.16000000000003</v>
       </c>
-      <c r="H33" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K33" s="18">
+      <c r="H33" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I33" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J33" s="5">
+        <v>0</v>
+      </c>
+      <c r="K33" s="5">
         <v>999</v>
       </c>
       <c r="L33" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="34" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A34" s="16" t="s">
+      <c r="A34" s="12" t="s">
         <v>62</v>
       </c>
-      <c r="B34" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C34" s="17" t="s">
+      <c r="B34" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C34" s="4" t="s">
         <v>150</v>
       </c>
-      <c r="D34" s="16" t="s">
+      <c r="D34" s="12" t="s">
         <v>63</v>
       </c>
-      <c r="E34" s="19">
-[...5 lines deleted...]
-      <c r="G34" s="20">
+      <c r="E34" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F34" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G34" s="3">
         <v>316.16000000000003</v>
       </c>
-      <c r="H34" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K34" s="18">
+      <c r="H34" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I34" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J34" s="5">
+        <v>0</v>
+      </c>
+      <c r="K34" s="5">
         <v>999</v>
       </c>
       <c r="L34" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="35" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A35" s="16" t="s">
+      <c r="A35" s="12" t="s">
         <v>64</v>
       </c>
-      <c r="B35" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C35" s="17" t="s">
+      <c r="B35" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C35" s="4" t="s">
         <v>151</v>
       </c>
-      <c r="D35" s="16" t="s">
+      <c r="D35" s="12" t="s">
         <v>65</v>
       </c>
-      <c r="E35" s="19">
-[...5 lines deleted...]
-      <c r="G35" s="20">
+      <c r="E35" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F35" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G35" s="3">
         <v>237.12</v>
       </c>
-      <c r="H35" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K35" s="18">
+      <c r="H35" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I35" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J35" s="5">
+        <v>0</v>
+      </c>
+      <c r="K35" s="5">
         <v>999</v>
       </c>
       <c r="L35" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="36" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A36" s="16" t="s">
+      <c r="A36" s="12" t="s">
         <v>66</v>
       </c>
-      <c r="B36" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C36" s="17" t="s">
+      <c r="B36" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C36" s="4" t="s">
         <v>152</v>
       </c>
-      <c r="D36" s="16" t="s">
+      <c r="D36" s="12" t="s">
         <v>67</v>
       </c>
-      <c r="E36" s="19">
-[...5 lines deleted...]
-      <c r="G36" s="20">
+      <c r="E36" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F36" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G36" s="3">
         <v>237.12</v>
       </c>
-      <c r="H36" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K36" s="18">
+      <c r="H36" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I36" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J36" s="5">
+        <v>0</v>
+      </c>
+      <c r="K36" s="5">
         <v>999</v>
       </c>
       <c r="L36" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="37" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A37" s="16" t="s">
+      <c r="A37" s="12" t="s">
         <v>68</v>
       </c>
-      <c r="B37" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C37" s="17" t="s">
+      <c r="B37" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C37" s="4" t="s">
         <v>153</v>
       </c>
-      <c r="D37" s="16" t="s">
+      <c r="D37" s="12" t="s">
         <v>69</v>
       </c>
-      <c r="E37" s="19">
-[...5 lines deleted...]
-      <c r="G37" s="20">
+      <c r="E37" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F37" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G37" s="3">
         <v>197.6</v>
       </c>
-      <c r="H37" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K37" s="18">
+      <c r="H37" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I37" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J37" s="5">
+        <v>0</v>
+      </c>
+      <c r="K37" s="5">
         <v>999</v>
       </c>
       <c r="L37" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="38" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A38" s="16" t="s">
+      <c r="A38" s="12" t="s">
         <v>70</v>
       </c>
-      <c r="B38" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C38" s="17" t="s">
+      <c r="B38" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C38" s="4" t="s">
         <v>154</v>
       </c>
-      <c r="D38" s="16" t="s">
+      <c r="D38" s="12" t="s">
         <v>71</v>
       </c>
-      <c r="E38" s="19">
-[...5 lines deleted...]
-      <c r="G38" s="20">
+      <c r="E38" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F38" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G38" s="3">
         <v>197.6</v>
       </c>
-      <c r="H38" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K38" s="18">
+      <c r="H38" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I38" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J38" s="5">
+        <v>0</v>
+      </c>
+      <c r="K38" s="5">
         <v>999</v>
       </c>
       <c r="L38" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="39" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A39" s="16" t="s">
+      <c r="A39" s="12" t="s">
         <v>72</v>
       </c>
-      <c r="B39" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C39" s="17" t="s">
+      <c r="B39" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C39" s="4" t="s">
         <v>155</v>
       </c>
-      <c r="D39" s="16" t="s">
+      <c r="D39" s="12" t="s">
         <v>73</v>
       </c>
-      <c r="E39" s="19">
-[...5 lines deleted...]
-      <c r="G39" s="20">
+      <c r="E39" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F39" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G39" s="3">
         <v>316.16000000000003</v>
       </c>
-      <c r="H39" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K39" s="18">
+      <c r="H39" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I39" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J39" s="5">
+        <v>0</v>
+      </c>
+      <c r="K39" s="5">
         <v>999</v>
       </c>
       <c r="L39" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="40" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A40" s="16" t="s">
+      <c r="A40" s="12" t="s">
         <v>74</v>
       </c>
-      <c r="B40" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C40" s="17" t="s">
+      <c r="B40" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C40" s="4" t="s">
         <v>156</v>
       </c>
-      <c r="D40" s="16" t="s">
+      <c r="D40" s="12" t="s">
         <v>75</v>
       </c>
-      <c r="E40" s="19">
-[...5 lines deleted...]
-      <c r="G40" s="20">
+      <c r="E40" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F40" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G40" s="3">
         <v>316.16000000000003</v>
       </c>
-      <c r="H40" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K40" s="18">
+      <c r="H40" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I40" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J40" s="5">
+        <v>0</v>
+      </c>
+      <c r="K40" s="5">
         <v>999</v>
       </c>
       <c r="L40" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="41" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A41" s="16" t="s">
+      <c r="A41" s="12" t="s">
         <v>76</v>
       </c>
-      <c r="B41" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C41" s="17" t="s">
+      <c r="B41" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C41" s="4" t="s">
         <v>157</v>
       </c>
-      <c r="D41" s="16" t="s">
+      <c r="D41" s="12" t="s">
         <v>77</v>
       </c>
-      <c r="E41" s="19">
-[...5 lines deleted...]
-      <c r="G41" s="20">
+      <c r="E41" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F41" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G41" s="3">
         <v>316.16000000000003</v>
       </c>
-      <c r="H41" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K41" s="18">
+      <c r="H41" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I41" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J41" s="5">
+        <v>0</v>
+      </c>
+      <c r="K41" s="5">
         <v>999</v>
       </c>
       <c r="L41" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="42" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A42" s="16" t="s">
+      <c r="A42" s="12" t="s">
         <v>78</v>
       </c>
-      <c r="B42" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C42" s="17" t="s">
+      <c r="B42" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C42" s="4" t="s">
         <v>158</v>
       </c>
-      <c r="D42" s="16" t="s">
+      <c r="D42" s="12" t="s">
         <v>79</v>
       </c>
-      <c r="E42" s="19">
-[...5 lines deleted...]
-      <c r="G42" s="20">
+      <c r="E42" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F42" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G42" s="3">
         <v>316.16000000000003</v>
       </c>
-      <c r="H42" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K42" s="18">
+      <c r="H42" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I42" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J42" s="5">
+        <v>0</v>
+      </c>
+      <c r="K42" s="5">
         <v>999</v>
       </c>
       <c r="L42" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="43" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A43" s="16" t="s">
+      <c r="A43" s="12" t="s">
         <v>80</v>
       </c>
-      <c r="B43" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C43" s="17" t="s">
+      <c r="B43" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C43" s="4" t="s">
         <v>159</v>
       </c>
-      <c r="D43" s="16" t="s">
+      <c r="D43" s="12" t="s">
         <v>81</v>
       </c>
-      <c r="E43" s="19">
-[...5 lines deleted...]
-      <c r="G43" s="20">
+      <c r="E43" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F43" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G43" s="3">
         <v>395.2</v>
       </c>
-      <c r="H43" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K43" s="18">
+      <c r="H43" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I43" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J43" s="5">
+        <v>0</v>
+      </c>
+      <c r="K43" s="5">
         <v>999</v>
       </c>
       <c r="L43" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="44" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A44" s="16" t="s">
+      <c r="A44" s="12" t="s">
         <v>82</v>
       </c>
-      <c r="B44" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C44" s="17" t="s">
+      <c r="B44" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C44" s="4" t="s">
         <v>160</v>
       </c>
-      <c r="D44" s="16" t="s">
+      <c r="D44" s="12" t="s">
         <v>83</v>
       </c>
-      <c r="E44" s="19">
-[...5 lines deleted...]
-      <c r="G44" s="20">
+      <c r="E44" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F44" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G44" s="3">
         <v>395.2</v>
       </c>
-      <c r="H44" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K44" s="18">
+      <c r="H44" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I44" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J44" s="5">
+        <v>0</v>
+      </c>
+      <c r="K44" s="5">
         <v>999</v>
       </c>
       <c r="L44" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="45" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A45" s="16" t="s">
+      <c r="A45" s="12" t="s">
         <v>84</v>
       </c>
-      <c r="B45" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C45" s="17" t="s">
+      <c r="B45" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C45" s="4" t="s">
         <v>161</v>
       </c>
-      <c r="D45" s="16" t="s">
+      <c r="D45" s="12" t="s">
         <v>85</v>
       </c>
-      <c r="E45" s="19">
-[...5 lines deleted...]
-      <c r="G45" s="20">
+      <c r="E45" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F45" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G45" s="3">
         <v>102.75</v>
       </c>
-      <c r="H45" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K45" s="18">
+      <c r="H45" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I45" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J45" s="5">
+        <v>0</v>
+      </c>
+      <c r="K45" s="5">
         <v>999</v>
       </c>
       <c r="L45" s="17" t="s">
         <v>117</v>
       </c>
     </row>
     <row r="46" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A46" s="16" t="s">
+      <c r="A46" s="12" t="s">
         <v>86</v>
       </c>
-      <c r="B46" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C46" s="17" t="s">
+      <c r="B46" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C46" s="4" t="s">
         <v>162</v>
       </c>
-      <c r="D46" s="16" t="s">
+      <c r="D46" s="12" t="s">
         <v>87</v>
       </c>
-      <c r="E46" s="19">
-[...5 lines deleted...]
-      <c r="G46" s="20">
+      <c r="E46" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F46" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G46" s="3">
         <v>102.75</v>
       </c>
-      <c r="H46" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K46" s="18">
+      <c r="H46" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I46" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J46" s="5">
+        <v>0</v>
+      </c>
+      <c r="K46" s="5">
         <v>999</v>
       </c>
       <c r="L46" s="17" t="s">
         <v>117</v>
       </c>
     </row>
-    <row r="47" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A47" s="16" t="s">
+    <row r="47" spans="1:12" ht="25.5" x14ac:dyDescent="0.2">
+      <c r="A47" s="12" t="s">
         <v>114</v>
       </c>
-      <c r="B47" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C47" s="17" t="s">
+      <c r="B47" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C47" s="4" t="s">
         <v>163</v>
       </c>
-      <c r="D47" s="16" t="s">
+      <c r="D47" s="12" t="s">
         <v>115</v>
       </c>
-      <c r="E47" s="19">
-[...5 lines deleted...]
-      <c r="G47" s="21">
+      <c r="E47" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F47" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G47" s="15">
         <v>118.56</v>
       </c>
-      <c r="H47" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K47" s="18">
+      <c r="H47" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I47" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J47" s="5">
+        <v>0</v>
+      </c>
+      <c r="K47" s="5">
         <v>999</v>
       </c>
       <c r="L47" s="17" t="s">
         <v>116</v>
       </c>
     </row>
     <row r="48" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A48" s="16" t="s">
+      <c r="A48" s="12" t="s">
         <v>88</v>
       </c>
-      <c r="B48" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C48" s="17" t="s">
+      <c r="B48" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C48" s="4" t="s">
         <v>164</v>
       </c>
-      <c r="D48" s="16" t="s">
+      <c r="D48" s="12" t="s">
         <v>89</v>
       </c>
-      <c r="E48" s="19">
-[...5 lines deleted...]
-      <c r="G48" s="20">
+      <c r="E48" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F48" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G48" s="3">
         <v>79.040000000000006</v>
       </c>
-      <c r="H48" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K48" s="18">
+      <c r="H48" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I48" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J48" s="5">
+        <v>0</v>
+      </c>
+      <c r="K48" s="5">
         <v>20</v>
       </c>
       <c r="L48" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="49" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A49" s="16" t="s">
+      <c r="A49" s="12" t="s">
         <v>90</v>
       </c>
-      <c r="B49" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C49" s="17" t="s">
+      <c r="B49" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C49" s="4" t="s">
         <v>165</v>
       </c>
-      <c r="D49" s="16" t="s">
+      <c r="D49" s="12" t="s">
         <v>91</v>
       </c>
-      <c r="E49" s="19">
-[...5 lines deleted...]
-      <c r="G49" s="20">
+      <c r="E49" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F49" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G49" s="3">
         <v>205.5</v>
       </c>
-      <c r="H49" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K49" s="18">
+      <c r="H49" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I49" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J49" s="5">
+        <v>0</v>
+      </c>
+      <c r="K49" s="5">
         <v>20</v>
       </c>
       <c r="L49" s="17" t="s">
         <v>95</v>
       </c>
     </row>
     <row r="50" spans="1:12" x14ac:dyDescent="0.2">
-      <c r="A50" s="16" t="s">
+      <c r="A50" s="12" t="s">
         <v>92</v>
       </c>
-      <c r="B50" s="17" t="s">
-[...2 lines deleted...]
-      <c r="C50" s="17" t="s">
+      <c r="B50" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="C50" s="4" t="s">
         <v>166</v>
       </c>
-      <c r="D50" s="16" t="s">
+      <c r="D50" s="12" t="s">
         <v>93</v>
       </c>
-      <c r="E50" s="19">
-[...5 lines deleted...]
-      <c r="G50" s="20">
+      <c r="E50" s="14">
+        <v>45839</v>
+      </c>
+      <c r="F50" s="4" t="s">
+        <v>113</v>
+      </c>
+      <c r="G50" s="3">
         <v>118.56</v>
       </c>
-      <c r="H50" s="17" t="s">
-[...8 lines deleted...]
-      <c r="K50" s="18">
+      <c r="H50" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="I50" s="4" t="s">
+        <v>95</v>
+      </c>
+      <c r="J50" s="5">
+        <v>0</v>
+      </c>
+      <c r="K50" s="5">
         <v>999</v>
       </c>
       <c r="L50" s="17" t="s">
         <v>100</v>
       </c>
     </row>
   </sheetData>
-  <autoFilter ref="A1:L50" xr:uid="{00000000-0001-0000-0000-000000000000}"/>
   <phoneticPr fontId="0" type="noConversion"/>
   <pageMargins left="0" right="0" top="1" bottom="1" header="0.32" footer="0.5"/>
   <pageSetup scale="78" fitToHeight="0" orientation="landscape" r:id="rId1"/>
   <headerFooter alignWithMargins="0">
     <oddHeader>&amp;C&amp;"Arial,Bold"&amp;14&amp;KFF0000 &amp;K000000Montana Healthcare Programs Fee Schedule
 &amp;KFF0000 &amp;K000000Denturist Services
-&amp;KC00000Proposed &amp;K000000July&amp;KC00000 &amp;K0000001, 2025</oddHeader>
+July&amp;KC00000 &amp;K0000001, 2025</oddHeader>
     <oddFooter>&amp;LPlease see &amp;KC00000cover sheet&amp;K000000 for a complete description
-of information contained in the fee schedules.&amp;CPage &amp;P</oddFooter>
+of information contained in the fee schedules.&amp;CPage &amp;P&amp;RCurrent Dental Terminology © 2025 American 
+Dental Association. All rights reserved.</oddFooter>
   </headerFooter>
 </worksheet>
 </file>
 
 <file path=customXml/_rels/item1.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps1.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item2.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps2.xml"/></Relationships>
 </file>
 
 <file path=customXml/_rels/item3.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/customXmlProps" Target="itemProps3.xml"/></Relationships>
 </file>
 
 <file path=customXml/item1.xml><?xml version="1.0" encoding="utf-8"?>
+<p:properties xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls">
+  <documentManagement/>
+</p:properties>
+</file>
+
+<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
 <?mso-contentType ?>
 <FormTemplates xmlns="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms">
   <Display>DocumentLibraryForm</Display>
   <Edit>DocumentLibraryForm</Edit>
   <New>DocumentLibraryForm</New>
 </FormTemplates>
 </file>
 
-<file path=customXml/item2.xml><?xml version="1.0" encoding="utf-8"?>
-[...4 lines deleted...]
-    <xsd:import namespace="49d3e8de-d002-4206-b33b-cda76438eec1"/>
+<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
+<ct:contentTypeSchema xmlns:ct="http://schemas.microsoft.com/office/2006/metadata/contentType" xmlns:ma="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes" ct:_="" ma:_="" ma:contentTypeName="Document" ma:contentTypeID="0x010100A18ED03948227744991C7896B3622210" ma:contentTypeVersion="11" ma:contentTypeDescription="Create a new document." ma:contentTypeScope="" ma:versionID="7f36d679be11d4d9277d5e9d0d3a9810">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:p="http://schemas.microsoft.com/office/2006/metadata/properties" xmlns:ns2="9051561a-d0f5-4d01-851e-ab6102565ce2" xmlns:ns3="c45a5b75-b629-4517-8042-211c802b629e" targetNamespace="http://schemas.microsoft.com/office/2006/metadata/properties" ma:root="true" ma:fieldsID="08df62a4b971042781e7161d90005e47" ns2:_="" ns3:_="">
+    <xsd:import namespace="9051561a-d0f5-4d01-851e-ab6102565ce2"/>
+    <xsd:import namespace="c45a5b75-b629-4517-8042-211c802b629e"/>
     <xsd:element name="properties">
       <xsd:complexType>
         <xsd:sequence>
           <xsd:element name="documentManagement">
             <xsd:complexType>
               <xsd:all>
-                <xsd:element ref="ns2:MediaServiceMetadata" minOccurs="0"/>
-[...12 lines deleted...]
-                <xsd:element ref="ns2:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithUsers" minOccurs="0"/>
+                <xsd:element ref="ns2:SharedWithDetails" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceFastMetadata" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceObjectDetectorVersions" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceSearchProperties" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceDateTaken" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceGenerationTime" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceEventHashCode" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaLengthInSeconds" minOccurs="0"/>
+                <xsd:element ref="ns3:MediaServiceOCR" minOccurs="0"/>
               </xsd:all>
             </xsd:complexType>
           </xsd:element>
         </xsd:sequence>
       </xsd:complexType>
     </xsd:element>
   </xsd:schema>
-  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="http://schemas.microsoft.com/sharepoint/v3" elementFormDefault="qualified">
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="9051561a-d0f5-4d01-851e-ab6102565ce2" elementFormDefault="qualified">
     <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
-    <xsd:element name="_ip_UnifiedCompliancePolicyProperties" ma:index="13" nillable="true" ma:displayName="Unified Compliance Policy Properties" ma:hidden="true" ma:internalName="_ip_UnifiedCompliancePolicyProperties">
-[...66 lines deleted...]
-    <xsd:element name="SharedWithUsers" ma:index="10" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
+    <xsd:element name="SharedWithUsers" ma:index="8" nillable="true" ma:displayName="Shared With" ma:internalName="SharedWithUsers" ma:readOnly="true">
       <xsd:complexType>
         <xsd:complexContent>
           <xsd:extension base="dms:UserMulti">
             <xsd:sequence>
               <xsd:element name="UserInfo" minOccurs="0" maxOccurs="unbounded">
                 <xsd:complexType>
                   <xsd:sequence>
                     <xsd:element name="DisplayName" type="xsd:string" minOccurs="0"/>
                     <xsd:element name="AccountId" type="dms:UserId" minOccurs="0" nillable="true"/>
                     <xsd:element name="AccountType" type="xsd:string" minOccurs="0"/>
                   </xsd:sequence>
                 </xsd:complexType>
               </xsd:element>
             </xsd:sequence>
           </xsd:extension>
         </xsd:complexContent>
       </xsd:complexType>
     </xsd:element>
-    <xsd:element name="SharedWithDetails" ma:index="11" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
+    <xsd:element name="SharedWithDetails" ma:index="9" nillable="true" ma:displayName="Shared With Details" ma:internalName="SharedWithDetails" ma:readOnly="true">
       <xsd:simpleType>
         <xsd:restriction base="dms:Note">
           <xsd:maxLength value="255"/>
         </xsd:restriction>
       </xsd:simpleType>
     </xsd:element>
-    <xsd:element name="TaxCatchAll" ma:index="18" nillable="true" ma:displayName="Taxonomy Catch All Column" ma:hidden="true" ma:list="{c59b0e04-b3ac-4b62-84c1-bccb7c2212ac}" ma:internalName="TaxCatchAll" ma:showField="CatchAllData" ma:web="49d3e8de-d002-4206-b33b-cda76438eec1">
-[...8 lines deleted...]
-      </xsd:complexType>
+  </xsd:schema>
+  <xsd:schema xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xs="http://www.w3.org/2001/XMLSchema" xmlns:dms="http://schemas.microsoft.com/office/2006/documentManagement/types" xmlns:pc="http://schemas.microsoft.com/office/infopath/2007/PartnerControls" targetNamespace="c45a5b75-b629-4517-8042-211c802b629e" elementFormDefault="qualified">
+    <xsd:import namespace="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <xsd:import namespace="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <xsd:element name="MediaServiceMetadata" ma:index="10" nillable="true" ma:displayName="MediaServiceMetadata" ma:hidden="true" ma:internalName="MediaServiceMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceFastMetadata" ma:index="11" nillable="true" ma:displayName="MediaServiceFastMetadata" ma:hidden="true" ma:internalName="MediaServiceFastMetadata" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceObjectDetectorVersions" ma:index="12" nillable="true" ma:displayName="MediaServiceObjectDetectorVersions" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceObjectDetectorVersions" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceSearchProperties" ma:index="13" nillable="true" ma:displayName="MediaServiceSearchProperties" ma:hidden="true" ma:internalName="MediaServiceSearchProperties" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceDateTaken" ma:index="14" nillable="true" ma:displayName="MediaServiceDateTaken" ma:hidden="true" ma:indexed="true" ma:internalName="MediaServiceDateTaken" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceGenerationTime" ma:index="15" nillable="true" ma:displayName="MediaServiceGenerationTime" ma:hidden="true" ma:internalName="MediaServiceGenerationTime" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceEventHashCode" ma:index="16" nillable="true" ma:displayName="MediaServiceEventHashCode" ma:hidden="true" ma:internalName="MediaServiceEventHashCode" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Text"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaLengthInSeconds" ma:index="17" nillable="true" ma:displayName="MediaLengthInSeconds" ma:hidden="true" ma:internalName="MediaLengthInSeconds" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Unknown"/>
+      </xsd:simpleType>
+    </xsd:element>
+    <xsd:element name="MediaServiceOCR" ma:index="18" nillable="true" ma:displayName="Extracted Text" ma:internalName="MediaServiceOCR" ma:readOnly="true">
+      <xsd:simpleType>
+        <xsd:restriction base="dms:Note">
+          <xsd:maxLength value="255"/>
+        </xsd:restriction>
+      </xsd:simpleType>
     </xsd:element>
   </xsd:schema>
   <xsd:schema xmlns="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:xsd="http://www.w3.org/2001/XMLSchema" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:odoc="http://schemas.microsoft.com/internal/obd" targetNamespace="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" elementFormDefault="qualified" attributeFormDefault="unqualified" blockDefault="#all">
     <xsd:import namespace="http://purl.org/dc/elements/1.1/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dc.xsd"/>
     <xsd:import namespace="http://purl.org/dc/terms/" schemaLocation="http://dublincore.org/schemas/xmls/qdc/2003/04/02/dcterms.xsd"/>
     <xsd:element name="coreProperties" type="CT_coreProperties"/>
     <xsd:complexType name="CT_coreProperties">
       <xsd:all>
         <xsd:element ref="dc:creator" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dcterms:created" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:identifier" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="contentType" minOccurs="0" maxOccurs="1" type="xsd:string" ma:index="0" ma:displayName="Content Type"/>
         <xsd:element ref="dc:title" minOccurs="0" maxOccurs="1" ma:index="4" ma:displayName="Title"/>
         <xsd:element ref="dc:subject" minOccurs="0" maxOccurs="1"/>
         <xsd:element ref="dc:description" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="keywords" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element ref="dc:language" minOccurs="0" maxOccurs="1"/>
         <xsd:element name="category" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="version" minOccurs="0" maxOccurs="1" type="xsd:string"/>
         <xsd:element name="revision" minOccurs="0" maxOccurs="1" type="xsd:string">
           <xsd:annotation>
             <xsd:documentation>
                         This value indicates the number of saves or revisions. The application is responsible for updating this value after each revision.
                     </xsd:documentation>
           </xsd:annotation>
@@ -3778,137 +3735,121 @@
     <xs:element name="EntityId2" type="xs:string"/>
     <xs:element name="EntityId3" type="xs:string"/>
     <xs:element name="EntityId4" type="xs:string"/>
     <xs:element name="EntityId5" type="xs:string"/>
     <xs:element name="Terms">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermInfo" minOccurs="0" maxOccurs="unbounded"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermInfo">
       <xs:complexType>
         <xs:sequence>
           <xs:element ref="pc:TermName" minOccurs="0"/>
           <xs:element ref="pc:TermId" minOccurs="0"/>
         </xs:sequence>
       </xs:complexType>
     </xs:element>
     <xs:element name="TermName" type="xs:string"/>
     <xs:element name="TermId" type="xs:string"/>
   </xs:schema>
 </ct:contentTypeSchema>
 </file>
 
-<file path=customXml/item3.xml><?xml version="1.0" encoding="utf-8"?>
-[...9 lines deleted...]
-</p:properties>
+<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{5FEEA3A4-0AFF-4366-93A6-99AF93AF82BB}">
+  <ds:schemaRefs>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
+    <ds:schemaRef ds:uri="9051561a-d0f5-4d01-851e-ab6102565ce2"/>
+    <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
+    <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
+    <ds:schemaRef ds:uri="c45a5b75-b629-4517-8042-211c802b629e"/>
+    <ds:schemaRef ds:uri="http://www.w3.org/XML/1998/namespace"/>
+    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
+  </ds:schemaRefs>
+</ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps1.xml><?xml version="1.0" encoding="utf-8"?>
+<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
 <ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{2B8F9974-1794-4E72-8D49-3E7BFCF0ACAF}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3/contenttype/forms"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
-<file path=customXml/itemProps2.xml><?xml version="1.0" encoding="utf-8"?>
-<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{1A5397DC-8C9B-420A-A893-7CBE6CC1AC65}">
+<file path=customXml/itemProps3.xml><?xml version="1.0" encoding="utf-8"?>
+<ds:datastoreItem xmlns:ds="http://schemas.openxmlformats.org/officeDocument/2006/customXml" ds:itemID="{562D0A25-7C37-427C-A81E-B2C33CC78667}">
   <ds:schemaRefs>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/contentType"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties/metaAttributes"/>
     <ds:schemaRef ds:uri="http://www.w3.org/2001/XMLSchema"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/metadata/properties"/>
-    <ds:schemaRef ds:uri="http://schemas.microsoft.com/sharepoint/v3"/>
-[...1 lines deleted...]
-    <ds:schemaRef ds:uri="49d3e8de-d002-4206-b33b-cda76438eec1"/>
+    <ds:schemaRef ds:uri="9051561a-d0f5-4d01-851e-ab6102565ce2"/>
+    <ds:schemaRef ds:uri="c45a5b75-b629-4517-8042-211c802b629e"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/2006/documentManagement/types"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/office/infopath/2007/PartnerControls"/>
     <ds:schemaRef ds:uri="http://schemas.openxmlformats.org/package/2006/metadata/core-properties"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/elements/1.1/"/>
     <ds:schemaRef ds:uri="http://purl.org/dc/terms/"/>
     <ds:schemaRef ds:uri="http://schemas.microsoft.com/internal/obd"/>
-  </ds:schemaRefs>
-[...16 lines deleted...]
-    <ds:schemaRef ds:uri="http://purl.org/dc/dcmitype/"/>
   </ds:schemaRefs>
 </ds:datastoreItem>
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <Application>Microsoft Excel</Application>
   <DocSecurity>0</DocSecurity>
   <ScaleCrop>false</ScaleCrop>
   <HeadingPairs>
     <vt:vector size="4" baseType="variant">
       <vt:variant>
         <vt:lpstr>Worksheets</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
       <vt:variant>
         <vt:lpstr>Named Ranges</vt:lpstr>
       </vt:variant>
       <vt:variant>
         <vt:i4>1</vt:i4>
       </vt:variant>
     </vt:vector>
   </HeadingPairs>
   <TitlesOfParts>
     <vt:vector size="2" baseType="lpstr">
       <vt:lpstr> Denturist Services</vt:lpstr>
       <vt:lpstr>' Denturist Services'!Print_Titles</vt:lpstr>
     </vt:vector>
   </TitlesOfParts>
   <Company>Consultec, Inc</Company>
   <LinksUpToDate>false</LinksUpToDate>
   <SharedDoc>false</SharedDoc>
   <HyperlinksChanged>false</HyperlinksChanged>
   <AppVersion></AppVersion>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
-  <dc:title>July 2025 Denturist Services Fee Schedule</dc:title>
   <dc:creator>Employee</dc:creator>
   <cp:lastModifiedBy></cp:lastModifiedBy>
   <cp:lastPrinted></cp:lastPrinted>
   <dcterms:created xsi:type="dcterms:W3CDTF"></dcterms:created>
   <dcterms:modified xsi:type="dcterms:W3CDTF"></dcterms:modified>
 </cp:coreProperties>
 </file>
 
 <file path=docProps/custom.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns="http://schemas.openxmlformats.org/officeDocument/2006/custom-properties" xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes">
   <property fmtid="{D5CDD505-2E9C-101B-9397-08002B2CF9AE}" pid="2" name="ContentTypeId">
-    <vt:lpwstr>0x010100727B901F83B9D341AA80F5B43DC587F2</vt:lpwstr>
+    <vt:lpwstr>0x010100A18ED03948227744991C7896B3622210</vt:lpwstr>
   </property>
 </Properties>
 </file>